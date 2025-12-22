--- v0 (2025-10-17)
+++ v1 (2025-12-22)
@@ -1,2520 +1,833 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
-  <workbookPr showInkAnnotation="0"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\OMEDIT\CONTRACTUALISATION\CAQES (cf réseau DOS OMEDIT)\GUIDE METHODO+OUTILS CAQES\NOUVEAU CAQES Guide outils\Guide Nouveau CAQES\GUIDE RAA 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A4954E6D-3FE7-407D-8E5B-EF31403E17AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C6AA6A69-879A-40E1-A7BD-FD6D8CE3285A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{E6978050-DCFD-48BC-A79D-CCA55FCE0612}"/>
   </bookViews>
   <sheets>
-    <sheet name="Proposition recueil ind CAQES" sheetId="2" r:id="rId1"/>
-    <sheet name="Liste déroulante" sheetId="3" state="hidden" r:id="rId2"/>
+    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="49">
-[...62 lines deleted...]
-      <t xml:space="preserve"> de formation dispensées par des </t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
+  <si>
+    <t xml:space="preserve">En achat </t>
+  </si>
+  <si>
+    <t>En dépôt permanent</t>
+  </si>
+  <si>
+    <t>En dépôt temporaire</t>
+  </si>
+  <si>
+    <r>
+      <t>L'</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <u/>
-[...11 lines deleted...]
-      <t>Nb d'heures de formation dispensées par u</t>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">IUD est il implémenté </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>dans l'ensemble des systèmes d'information du circuit des DMI au sein de l'établissement</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Le </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
-        <rFont val="Calibri"/>
-[...19 lines deleted...]
-  <si>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ré-étiquetage </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>des DMI persiste-t-il ?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Persiste-t-il une </t>
+    </r>
     <r>
       <rPr>
         <b/>
-        <u/>
-[...5 lines deleted...]
-      <t xml:space="preserve">Périmètre </t>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">traçabilité papier </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(sanitaire ou financière) ?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Un document contenant les informations relatives à la traçabilité sanitaire des DMI est-il </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <rFont val="Calibri"/>
-[...24 lines deleted...]
-</t>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>envoyé dans le DPI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> ?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Un document contenant les informations relatives à la traçabilité sanitaire des DMI est-il </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <u/>
-[...6 lines deleted...]
-      <t xml:space="preserve">Méthodologie de recueil </t>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">télétransmis dans le DMP </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Avez-vous mis en place des actions au cours de l'année évaluée pour </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
-        <rFont val="Calibri"/>
-[...25 lines deleted...]
-</t>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">mettre en conformité le circuit du DMI </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>au regard de la réglementation en vigueur ?</t>
+    </r>
+  </si>
+  <si>
+    <t>V1_Fichier recueil RAA2025_Septembre 2025</t>
+  </si>
+  <si>
+    <t>Indicateursd'évaluation des moyens pour un circuit du DM-DMI et des actions coordonnées ville/hôpital</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nom de l'établissement </t>
+  </si>
+  <si>
+    <t>A compléter</t>
+  </si>
+  <si>
+    <t>Données renseignées pour le circuit des DMI de l'année</t>
+  </si>
+  <si>
+    <t>Si partiellement ou non concerné, merci d'argumenter votre réponse</t>
+  </si>
+  <si>
+    <t>Pour chacune des étapes des circuits des DMI (de l'achat à la traçabilité pose) :</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Au cours de l'ensemble du circuit persiste-t-il une étape de </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
-        <rFont val="Calibri"/>
-[...1138 lines deleted...]
-1 dossier de référencement complété</t>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>re-saisie manuelle</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> des informations d'identification du DMI</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <u/>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <u/>
       <sz val="18"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...126 lines deleted...]
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="12">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="2"/>
-        <bgColor indexed="64"/>
-[...28 lines deleted...]
-        <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1" tint="0.34998626667073579"/>
-[...5 lines deleted...]
-        <fgColor indexed="65"/>
+        <fgColor theme="2" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="36">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...95 lines deleted...]
-      </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
-      <top/>
-[...11 lines deleted...]
-      <bottom/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...27 lines deleted...]
-      </top>
+      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-[...12 lines deleted...]
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...11 lines deleted...]
-      </left>
       <right style="medium">
-        <color indexed="64"/>
-[...22 lines deleted...]
-      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...24 lines deleted...]
-      </top>
       <bottom/>
-      <diagonal/>
-[...135 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="76">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...174 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="7">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{5C2F9FE6-D898-4702-BEDA-CEE914BE8F93}" name="Tableau2" displayName="Tableau2" ref="A7:E14" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+  <autoFilter ref="A7:E14" xr:uid="{5C2F9FE6-D898-4702-BEDA-CEE914BE8F93}"/>
+  <tableColumns count="5">
+    <tableColumn id="1" xr3:uid="{74AA3BF6-3DCA-4573-B206-4BDAE6AB42A7}" name="Pour chacune des étapes des circuits des DMI (de l'achat à la traçabilité pose) :" dataDxfId="0"/>
+    <tableColumn id="2" xr3:uid="{DBAA245B-8088-447A-B723-FA6B132BEEF7}" name="En achat " dataDxfId="4"/>
+    <tableColumn id="3" xr3:uid="{6D400CCA-F171-471A-A225-F945D92EBD9A}" name="En dépôt permanent" dataDxfId="3"/>
+    <tableColumn id="4" xr3:uid="{FAF9980B-5123-4616-A9D8-8F07645725AE}" name="En dépôt temporaire" dataDxfId="2"/>
+    <tableColumn id="5" xr3:uid="{4058D294-F851-46FE-97C1-124A9CB337AB}" name="Si partiellement ou non concerné, merci d'argumenter votre réponse" dataDxfId="1"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2532,65 +845,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -2611,629 +924,274 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L23"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BCB276A2-6AF7-4C5C-B454-62BE07BA145B}">
+  <dimension ref="A1:E14"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...489 lines deleted...]
-      <selection activeCell="A2" sqref="A2:A3"/>
+    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="46.28515625" customWidth="1"/>
-    <col min="2" max="2" width="45" customWidth="1"/>
+    <col min="1" max="1" width="68.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="24.42578125" customWidth="1"/>
+    <col min="3" max="4" width="35.28515625" customWidth="1"/>
+    <col min="5" max="5" width="36" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" t="s">
+    <row r="1" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="11.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="9"/>
+    </row>
+    <row r="6" spans="1:5" s="5" customFormat="1" ht="11.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+    </row>
+    <row r="7" spans="1:5" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="E7" s="16" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="B8" s="12"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="17"/>
+    </row>
+    <row r="9" spans="1:5" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="12"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="18"/>
+    </row>
+    <row r="10" spans="1:5" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="12"/>
+      <c r="C10" s="13"/>
+      <c r="D10" s="13"/>
+      <c r="E10" s="18"/>
+    </row>
+    <row r="11" spans="1:5" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="12"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="13"/>
+      <c r="E11" s="18"/>
+    </row>
+    <row r="12" spans="1:5" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="21" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="12"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="13"/>
+      <c r="E12" s="18"/>
+    </row>
+    <row r="13" spans="1:5" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="12"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="13"/>
+      <c r="E13" s="18"/>
+    </row>
+    <row r="14" spans="1:5" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="22" t="s">
         <v>8</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
+      <c r="B14" s="14"/>
+      <c r="C14" s="15"/>
+      <c r="D14" s="15"/>
+      <c r="E14" s="19"/>
     </row>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:D9" xr:uid="{BAD0655F-157E-4FC7-8326-C173EFC0285F}">
+      <formula1>"Oui, Partiellement, Non"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B10:D14" xr:uid="{52AB52DB-278E-48BA-94AD-ACEEB440C813}">
+      <formula1>"Oui, Non "</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B5:B6" xr:uid="{5A35BEB4-BA19-4F7F-87AA-08EC217DD039}">
+      <formula1>"2025, 2026"</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Liste déroulante</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>CHU de Clermont-Fd</Company>
+  <Company>Ministeres Sociaux</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Germon Lucie</dc:creator>
+  <dc:creator>LEITE IGREJA, Fatima (ARS-ARA/OMEDIT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
-    <vt:lpwstr>2025-10-01T13:05:54Z</vt:lpwstr>
+    <vt:lpwstr>2025-10-01T12:36:50Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
     <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
     <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
-    <vt:lpwstr>256e6c66-aa2b-443b-8b3f-09de0813e91b</vt:lpwstr>
+    <vt:lpwstr>8e82db2d-476b-4738-b584-ca19a7cb1126</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>