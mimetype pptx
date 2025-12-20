--- v0 (2025-10-28)
+++ v1 (2025-12-20)
@@ -529,63 +529,63 @@
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on"/>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="accent6"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="17132" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="105" d="100"/>
-          <a:sy n="105" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="708" y="96"/>
+        <p:origin x="456" y="52"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="76" d="100"/>
           <a:sy n="76" d="100"/>
         </p:scale>
         <p:origin x="4032" y="102"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
@@ -7688,51 +7688,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021294" y="0"/>
             <a:ext cx="3076363" cy="513508"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="99048" tIns="49524" rIns="99048" bIns="49524" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1300"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C8B254C7-B9E1-4844-81E0-70ACD4C76586}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>19/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="9721107"/>
             <a:ext cx="3076363" cy="513507"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -7857,51 +7857,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4021294" y="0"/>
             <a:ext cx="3076363" cy="513508"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="99048" tIns="49524" rIns="99048" bIns="49524" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1300"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6A14D743-2662-4C75-9963-C00ED268281B}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>19/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="479425" y="1279525"/>
             <a:ext cx="6140450" cy="3454400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -13131,51 +13131,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F8017B6-4D63-DC59-951A-8504B429A8FC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2957386" y="3872599"/>
             <a:ext cx="8683794" cy="1130639"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
-              <a:t>Sécurisons ensemble les parcours de soins liés aux troubles psychiques</a:t>
+              <a:t>Sécurisons ensemble les parcours de soins liés aux troubles psychiatriques</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Sous-titre 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4733AE9-496B-4F98-0D37-AE2BB4F6A584}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
@@ -19506,51 +19506,51 @@
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6507146" y="1711622"/>
             <a:ext cx="4561431" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="196B24"/>
                 </a:solidFill>
                 <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
               </a:rPr>
-              <a:t>Prendre en compte les spécificités (cliniques et psychosociales) d’un patient vivant avec un trouble psychique au cours de son parcours de soin</a:t>
+              <a:t>Prendre en compte les spécificités (cliniques et psychosociales) d’un patient vivant avec un trouble psychiatrique au cours de son parcours de soin</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Ellipse 50">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AB9D449-A3B2-3FAA-EEA3-B2F33B85B418}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2615607" y="2918360"/>
             <a:ext cx="5795574" cy="2114512"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>